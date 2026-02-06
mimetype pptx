--- v0 (2025-11-24)
+++ v1 (2026-02-06)
@@ -182,54 +182,54 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15975" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="108" d="100"/>
-          <a:sy n="108" d="100"/>
+          <a:sx n="93" d="100"/>
+          <a:sy n="93" d="100"/>
         </p:scale>
-        <p:origin x="654" y="108"/>
+        <p:origin x="259" y="77"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="80" d="100"/>
         <a:sy n="80" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
@@ -407,51 +407,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4C65E35-795A-43C5-BF8E-A84D828CAA3C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B9F4A24A-CA20-4427-823C-392C67C3C3B8}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>23/10/2025</a:t>
+              <a:t>23/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7C9E828-63E0-4A1D-B348-5A05B3590B44}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -605,51 +605,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F02A8F22-140C-4B7B-9B17-21B31FACD12F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B9F4A24A-CA20-4427-823C-392C67C3C3B8}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>23/10/2025</a:t>
+              <a:t>23/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E4C8D24-7913-40BF-B4C8-779E5144662D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -813,51 +813,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BAB0049A-C0F3-470C-8660-D9957753C321}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B9F4A24A-CA20-4427-823C-392C67C3C3B8}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>23/10/2025</a:t>
+              <a:t>23/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3C624AD-C313-470D-82FB-F26C5FC10956}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1011,51 +1011,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F81EB09E-7CE1-41CA-97CC-6A8402D27908}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B9F4A24A-CA20-4427-823C-392C67C3C3B8}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>23/10/2025</a:t>
+              <a:t>23/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{341B3D24-F56F-498B-8606-53E853AA90E2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1286,51 +1286,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé de la date 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C65E3BD3-D09D-413A-B9DD-77B1D046003E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B9F4A24A-CA20-4427-823C-392C67C3C3B8}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>23/10/2025</a:t>
+              <a:t>23/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7F7FB48-78EB-48D9-B3B6-39042B52816A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1551,51 +1551,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2718302E-0998-42A8-933E-FD8504EEDD89}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B9F4A24A-CA20-4427-823C-392C67C3C3B8}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>23/10/2025</a:t>
+              <a:t>23/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8590FC1C-0547-4650-84A5-EC6C08C5A75F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1963,51 +1963,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espace réservé de la date 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A282872C-A25B-4679-A082-7ED07C9350DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B9F4A24A-CA20-4427-823C-392C67C3C3B8}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>23/10/2025</a:t>
+              <a:t>23/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Espace réservé du pied de page 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F590A233-1075-4EEA-85C6-3447BE97C579}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2104,51 +2104,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé de la date 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{986CA275-AB28-48CF-84EE-C829FC795750}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B9F4A24A-CA20-4427-823C-392C67C3C3B8}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>23/10/2025</a:t>
+              <a:t>23/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espace réservé du pied de page 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AF825F6-244A-4A00-9525-B1A87C727B34}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2217,51 +2217,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Espace réservé de la date 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{154D3E6F-8481-4823-B19E-BDEF3CC0E2B8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B9F4A24A-CA20-4427-823C-392C67C3C3B8}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>23/10/2025</a:t>
+              <a:t>23/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espace réservé du pied de page 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F30FAD6-517F-402D-AAE5-A876585A2481}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2528,51 +2528,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48E0DC4F-0BB8-488A-A110-727ABC7760F6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B9F4A24A-CA20-4427-823C-392C67C3C3B8}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>23/10/2025</a:t>
+              <a:t>23/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BED2F74E-0603-4806-A49C-AE912D187DE0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2816,51 +2816,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé de la date 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3054E0E-5F01-4990-ABEF-973F2AA29F39}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B9F4A24A-CA20-4427-823C-392C67C3C3B8}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>23/10/2025</a:t>
+              <a:t>23/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espace réservé du pied de page 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D8DE308-F843-4228-A6D4-C80AA381B8CA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3061,51 +3061,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B9F4A24A-CA20-4427-823C-392C67C3C3B8}" type="datetimeFigureOut">
               <a:rPr lang="fr-FR" smtClean="0"/>
-              <a:t>23/10/2025</a:t>
+              <a:t>23/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fr-FR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espace réservé du pied de page 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D525998C-E302-4CE6-83FD-74D1747C9518}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -3706,51 +3706,51 @@
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1000" b="1" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1000" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Directeurs Adjoints	</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="1000" b="1" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Lionel BALLUT 	            MCF UCBL MMSB 0,2 ETP</a:t>
+              <a:t>Lionel BALLUT 	            Prof UCBL MMSB 0,2 ETP</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" algn="l" defTabSz="444500">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1000" b="1" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>			Olivier GANDRILLON     DR CNRS LBMC 0,1 ETP</a:t>
             </a:r>
           </a:p>
           <a:p>
@@ -4246,59 +4246,59 @@
             <a:endParaRPr lang="fr-FR" sz="1100" b="1" u="sng" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" algn="ctr" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>(13,4 ETP + </a:t>
+              <a:t>(15,4 ETP + </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>0,48 ETP mutualisé)</a:t>
+              <a:t>0,45 ETP mutualisé)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="184150" lvl="0" indent="0" algn="l" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Romain BARNAULT	</a:t>
             </a:r>
             <a:r>
@@ -4336,74 +4336,90 @@
                 </a:solidFill>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="184150" lvl="0" indent="0" algn="l" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>+ 15 personnels</a:t>
+              <a:t>+ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="900" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>15</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="900" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> personnels</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="184150" lvl="0" indent="0" algn="l" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>+ 4 personnels mutualisés</a:t>
+              <a:t>+ 3 personnels mutualisés</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" algn="ctr" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="fr-FR" sz="800" i="1" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" algn="ctr" defTabSz="488950">
@@ -4533,59 +4549,70 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Robert RENARD		 TCN ENSL 0,5 ETP</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="184150" lvl="0" indent="0" algn="l" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="fr-FR" sz="800" i="1" kern="1200" dirty="0">
+              <a:rPr lang="fr-FR" sz="800" i="1" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Mathieu CARON		IE LBMC ENS 0,05 ETP</a:t>
+              <a:t>Matthieu </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="800" i="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>CARON		 IE LBMC ENS 0,05 ETP</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" algn="ctr" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1100" b="1" u="sng" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>AniRA-L3</a:t>
             </a:r>
           </a:p>
           <a:p>
@@ -5257,51 +5284,51 @@
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" algn="ctr" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>(3,75 ETP + </a:t>
+              <a:t>(3,85 ETP + </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>0,7 ETP mutualisé</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="800" kern="1200" dirty="0">
               <a:solidFill>
@@ -5338,51 +5365,69 @@
               </a:rPr>
               <a:t>Jacques BROCARD 	IR Inserm 1 ETP (Responsable)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="180975" lvl="0" indent="0" algn="l" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Elodie CHATRE		 IE ENSL 0,9 ETP (</a:t>
+              <a:t>Elodie CHATRE		IE ENSL </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="900" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="900" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ETP (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" u="sng" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>AP</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="180975" lvl="0" indent="0" algn="l" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
@@ -5513,67 +5558,51 @@
             <a:endParaRPr lang="fr-FR" sz="1100" b="1" u="sng" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" algn="ctr" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>(</a:t>
-[...15 lines deleted...]
-              <a:t>,5 ETP + </a:t>
+              <a:t>(1,5 ETP + </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>0,5 ETP mutualisé</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="180975" lvl="0" indent="0" algn="l" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
@@ -5599,50 +5628,84 @@
           <a:p>
             <a:pPr marL="180975" lvl="0" indent="0" algn="l" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Laurence CANAPLE 	IRHC CNRS 0,5 ETP</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="180975" lvl="0" indent="0" algn="l" defTabSz="488950">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="900" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Clara PONCET		IE CNRS CDD 1 ETP </a:t>
+            </a:r>
+            <a:endParaRPr lang="fr-FR" sz="900" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="180975" lvl="0" indent="0" algn="ctr" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1100" b="1" u="sng" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>3D BIO</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="1100" i="1" kern="1200" dirty="0">
               <a:solidFill>
@@ -5710,51 +5773,73 @@
               <a:t>Nicolas AZNAR 		CRCN CNRS LBTI 0,1 ETP (Resp.)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="180975" lvl="0" indent="0" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Laeticia GEROSSIER 	Post Doc UCBL LBTI, 0,5 ETP </a:t>
+              <a:t>Laeticia GEROSSIER 	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="900" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>IR </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="900" i="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>CRNS LBTI, 0,5 ETP </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Forme libre 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E11D77E4-7C8C-81A1-D369-6A74DFE275AE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9619873" y="1779144"/>
             <a:ext cx="2023945" cy="235238"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 0 w 1696027"/>
@@ -6034,51 +6119,51 @@
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>(</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>3,8 ETP </a:t>
+              <a:t>3,6 ETP </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>+ 0,7 ETP mutualisé</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" algn="ctr" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
@@ -6092,51 +6177,67 @@
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="180975" lvl="0" indent="0" algn="l" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Virginie GUEGUEN-CHAIGNON IRHC CNRS     1 ETP (Responsable)</a:t>
+              <a:t>Virginie GUEGUEN-CHAIGNON IRHC CNRS     </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="900" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>0,8 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="900" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ETP (Responsable)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="180975" lvl="0" indent="0" algn="l" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Frédéric DELOLME IEHC CNRS 1 ETP </a:t>
             </a:r>
           </a:p>
@@ -6146,51 +6247,67 @@
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" kern="1200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Eric</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> DIESIS 	AI CNRS 1 ETP </a:t>
+              <a:t> DIESIS 	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="900" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>    </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="900" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>AI CNRS 1 ETP </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>(</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" u="sng" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>AP</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
@@ -6209,113 +6326,113 @@
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Adeline PAGE</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>	</a:t>
+              <a:t>	    </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>IR CNRS 0,8 ETP</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="180975" lvl="0" indent="0" algn="l" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Marine BLANC	IE CNRS MMSB 0,3 ETP</a:t>
+              <a:t>Marine BLANC	    IE CNRS MMSB 0,3 ETP</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="180975" lvl="0" indent="0" algn="l" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Cécile HILPERT </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>	</a:t>
+              <a:t>	    </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>IE CNRS MMSB 0,4 ETP</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="1050" i="1" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" algn="ctr" defTabSz="488950">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
@@ -6674,51 +6791,51 @@
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="225425" lvl="0" indent="0" algn="l" defTabSz="466725">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Sophie RECHER 	IE ENSL</a:t>
+              <a:t>Sophie RECHER 		IE ENSL</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>1 ETP </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
@@ -6767,231 +6884,287 @@
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="fr-FR" sz="800" b="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Myriam PRUDENT 	TCN ENSL 0,1 ETP</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="800" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="225425" lvl="0" indent="0" algn="l" defTabSz="466725">
-[...10 lines deleted...]
-              <a:tabLst/>
+            <a:pPr marL="225425" lvl="0" defTabSz="466725">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Denis Stéphanie   	IE CNRS 0,05 ETP</a:t>
-[...15 lines deleted...]
-            </a:pPr>
+              <a:t>Stéphanie </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>DENIS</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>CHAMBRIER Pierre 	AI INRAE RDP 0,05 ETP</a:t>
-[...14 lines deleted...]
-              <a:tabLst/>
+              <a:t>		IE CNRS 0,05 ETP</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="225425" lvl="0" defTabSz="466725">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>MATHIEU Cyrille 	CR INSERM CIRI 0,05 ETP</a:t>
-[...15 lines deleted...]
-            </a:pPr>
+              <a:t>Pierre </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>CHAMBRIER</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>NGUYEN Xuan		IE ENSL CIRI 0,05 ETP</a:t>
-[...15 lines deleted...]
-            </a:pPr>
+              <a:t>	AI INRAE RDP 0,05 ETP</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="225425" lvl="0" defTabSz="466725">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Cyrille MATHIEU </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>PASDELOUP Marielle 	IE CNRS LBTI 0,05 ETP</a:t>
-[...15 lines deleted...]
-            </a:pPr>
+              <a:t>		CR INSERM CIRI 0,05 ETP</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="225425" lvl="0" defTabSz="466725">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Xuan NGUYEN </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>VADON-LEGOFF Sandrine CR CNRS LBTI 0,05 ETP</a:t>
-[...15 lines deleted...]
-            </a:pPr>
+              <a:t>		IE ENSL CIRI 0,05 ETP</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="225425" lvl="0" defTabSz="466725">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Marielle PASDELOUP  </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>DECIMO Didier 	IR Inserm CIRI 0,10 ETP</a:t>
-[...14 lines deleted...]
-              <a:tabLst/>
+              <a:t>	IE CNRS LBTI 0,05 ETP</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="225425" lvl="0" defTabSz="466725">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="800" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>MATHIEU Anne-Laure       IR Inserm CIRI 0,05 ETP</a:t>
+              <a:t>Sandrine VADON-LEGOFF  	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="800" i="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>CR CNRS LBTI 0,05 ETP</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="225425" lvl="0" defTabSz="466725">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Didier DECIMO  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="800" i="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>		IR Inserm CIRI 0,10 ETP</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="225425" lvl="0" defTabSz="466725">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr-FR" sz="800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Anne-Laure MATHIEU        	IR Inserm CIRI 0,05 ETP</a:t>
             </a:r>
             <a:endParaRPr lang="fr-FR" sz="800" i="1" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" algn="ctr" defTabSz="466725">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1100" b="1" u="sng" kern="1200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
@@ -7225,51 +7398,51 @@
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" b="1" i="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Fabrice MURE IR Inserm CIRI 0,2 ETP (Responsable) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" b="0" i="1" u="sng" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>(APR)</a:t>
+              <a:t>(CPR)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="Forme libre 22">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00C209E2-DA5E-42DA-C812-9A4C98387C4B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3425911" y="2784657"/>
             <a:ext cx="2897652" cy="235238"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 0 w 1724256"/>
@@ -7828,111 +8001,111 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA662824-72A1-40D1-B693-4D7190211CD7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="65127" y="851062"/>
             <a:ext cx="1365162" cy="507831"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="fr-FR" sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Organigramme UAR3444/US8 </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="900" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               </a:rPr>
-              <a:t>Octobre 2025</a:t>
+              <a:t>Janvier 2026</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="fr-FR" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Image 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39A47575-490B-4B51-A17F-195F230B9789}"/>
               </a:ext>
@@ -8690,73 +8863,73 @@
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6985" tIns="6985" rIns="6985" bIns="28883" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="53975" lvl="0" defTabSz="466725">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1000" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Elodie MOLLICA TCS CNRS 1 ETP</a:t>
+              <a:t>Elodie MOLLICA       TCS CNRS 1 ETP</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="53975" lvl="0" defTabSz="466725">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1000" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Emilie ZITTE  TCN CDD ENSL 1 ETP</a:t>
+              <a:t>Emilie ZITTE      TCN CDD ENSL 1 ETP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="Forme libre 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA054020-E26A-9675-5378-AF06B60D7308}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2099897" y="1588175"/>
             <a:ext cx="1598013" cy="350795"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 0 w 1598013"/>
@@ -8853,67 +9026,51 @@
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="6350" tIns="6350" rIns="6350" bIns="28883" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr-FR" sz="1000" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Margaux PERROY IE ENSL CDD </a:t>
-[...15 lines deleted...]
-              <a:t> ETP (Responsable)</a:t>
+              <a:t>Margaux PERROY IE ENSL CDD 1 ETP (Responsable)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3968273389"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -9185,54 +9342,54 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>705</Words>
+  <Words>723</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Grand écran</PresentationFormat>
-  <Paragraphs>102</Paragraphs>
+  <Paragraphs>103</Paragraphs>
   <Slides>1</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Polices utilisées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Thème</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titres des diapositives</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>